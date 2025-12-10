--- v1 (2025-11-20)
+++ v2 (2025-12-10)
@@ -13782,52 +13782,52 @@
     <brk id="145" max="4" man="1"/>
     <brk id="193" max="4" man="1"/>
     <brk id="241" max="4" man="1"/>
     <brk id="289" max="4" man="1"/>
     <brk id="337" max="4" man="1"/>
     <brk id="385" max="4" man="1"/>
     <brk id="433" max="4" man="1"/>
     <brk id="481" max="4" man="1"/>
     <brk id="529" max="4" man="1"/>
     <brk id="577" max="4" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:K344"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A318" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C324" sqref="C324"/>
+      <pane ySplit="1" topLeftCell="A315" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C325" sqref="C325"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75"/>
   <cols>
     <col min="2" max="2" width="17.7109375" style="80" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="101" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16" style="5" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" style="4" customWidth="1"/>
     <col min="10" max="10" width="10.140625" customWidth="1"/>
     <col min="11" max="11" width="9.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="3" customFormat="1" ht="26.25" thickTop="1">
       <c r="A1" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="103" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="11" t="s">
         <v>17</v>
       </c>
@@ -18816,50 +18816,53 @@
       <c r="C322" s="101">
         <v>1.1731659999999999</v>
       </c>
       <c r="D322" s="98"/>
       <c r="E322" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="B323" s="80" t="s">
         <v>70</v>
       </c>
       <c r="C323" s="101">
         <v>1.164811</v>
       </c>
       <c r="D323" s="98"/>
       <c r="E323" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="B324" s="80" t="s">
         <v>72</v>
+      </c>
+      <c r="C324" s="101">
+        <v>1.1564430000000001</v>
       </c>
       <c r="D324" s="98"/>
       <c r="E324" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="B325" s="80" t="s">
         <v>65</v>
       </c>
       <c r="D325" s="98"/>
       <c r="E325" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326">
         <v>2026</v>
       </c>
       <c r="B326" s="80" t="s">
         <v>74</v>
       </c>
       <c r="D326" s="98"/>