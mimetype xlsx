--- v2 (2025-12-10)
+++ v3 (2026-01-20)
@@ -13783,51 +13783,51 @@
     <brk id="193" max="4" man="1"/>
     <brk id="241" max="4" man="1"/>
     <brk id="289" max="4" man="1"/>
     <brk id="337" max="4" man="1"/>
     <brk id="385" max="4" man="1"/>
     <brk id="433" max="4" man="1"/>
     <brk id="481" max="4" man="1"/>
     <brk id="529" max="4" man="1"/>
     <brk id="577" max="4" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:K344"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A315" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C325" sqref="C325"/>
+      <selection pane="bottomLeft" activeCell="C328" sqref="C328"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75"/>
   <cols>
     <col min="2" max="2" width="17.7109375" style="80" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="101" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16" style="5" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" style="4" customWidth="1"/>
     <col min="10" max="10" width="10.140625" customWidth="1"/>
     <col min="11" max="11" width="9.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="3" customFormat="1" ht="26.25" thickTop="1">
       <c r="A1" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="103" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="11" t="s">
         <v>17</v>
       </c>
@@ -18829,50 +18829,53 @@
       <c r="C323" s="101">
         <v>1.164811</v>
       </c>
       <c r="D323" s="98"/>
       <c r="E323" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="B324" s="80" t="s">
         <v>72</v>
       </c>
       <c r="C324" s="101">
         <v>1.1564430000000001</v>
       </c>
       <c r="D324" s="98"/>
       <c r="E324" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="B325" s="80" t="s">
         <v>65</v>
+      </c>
+      <c r="C325" s="101">
+        <v>1.1711990000000001</v>
       </c>
       <c r="D325" s="98"/>
       <c r="E325" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326">
         <v>2026</v>
       </c>
       <c r="B326" s="80" t="s">
         <v>74</v>
       </c>
       <c r="D326" s="98"/>
       <c r="E326" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="B327" s="80" t="s">
         <v>85</v>
       </c>
       <c r="D327" s="98"/>