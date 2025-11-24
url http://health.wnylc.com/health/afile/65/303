--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -13783,51 +13783,51 @@
     <brk id="193" max="4" man="1"/>
     <brk id="241" max="4" man="1"/>
     <brk id="289" max="4" man="1"/>
     <brk id="337" max="4" man="1"/>
     <brk id="385" max="4" man="1"/>
     <brk id="433" max="4" man="1"/>
     <brk id="481" max="4" man="1"/>
     <brk id="529" max="4" man="1"/>
     <brk id="577" max="4" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:K344"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A318" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C323" sqref="C323"/>
+      <selection pane="bottomLeft" activeCell="C324" sqref="C324"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75"/>
   <cols>
     <col min="2" max="2" width="17.7109375" style="80" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="101" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16" style="5" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" style="4" customWidth="1"/>
     <col min="10" max="10" width="10.140625" customWidth="1"/>
     <col min="11" max="11" width="9.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="3" customFormat="1" ht="26.25" thickTop="1">
       <c r="A1" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="103" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="11" t="s">
         <v>17</v>
       </c>
@@ -18803,50 +18803,53 @@
       <c r="C321" s="101">
         <v>1.1646840000000001</v>
       </c>
       <c r="D321" s="98"/>
       <c r="E321" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="B322" s="80" t="s">
         <v>73</v>
       </c>
       <c r="C322" s="101">
         <v>1.1731659999999999</v>
       </c>
       <c r="D322" s="98"/>
       <c r="E322" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="B323" s="80" t="s">
         <v>70</v>
+      </c>
+      <c r="C323" s="101">
+        <v>1.164811</v>
       </c>
       <c r="D323" s="98"/>
       <c r="E323" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="B324" s="80" t="s">
         <v>72</v>
       </c>
       <c r="D324" s="98"/>
       <c r="E324" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="B325" s="80" t="s">
         <v>65</v>
       </c>
       <c r="D325" s="98"/>
       <c r="E325" s="70">
         <f t="shared" si="10"/>
         <v>0</v>