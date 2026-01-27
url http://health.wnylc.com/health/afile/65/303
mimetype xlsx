--- v1 (2025-11-24)
+++ v2 (2026-01-27)
@@ -13782,52 +13782,52 @@
     <brk id="145" max="4" man="1"/>
     <brk id="193" max="4" man="1"/>
     <brk id="241" max="4" man="1"/>
     <brk id="289" max="4" man="1"/>
     <brk id="337" max="4" man="1"/>
     <brk id="385" max="4" man="1"/>
     <brk id="433" max="4" man="1"/>
     <brk id="481" max="4" man="1"/>
     <brk id="529" max="4" man="1"/>
     <brk id="577" max="4" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:K344"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A318" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C324" sqref="C324"/>
+      <pane ySplit="1" topLeftCell="A315" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C328" sqref="C328"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75"/>
   <cols>
     <col min="2" max="2" width="17.7109375" style="80" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="101" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16" style="5" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" style="4" customWidth="1"/>
     <col min="10" max="10" width="10.140625" customWidth="1"/>
     <col min="11" max="11" width="9.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="3" customFormat="1" ht="26.25" thickTop="1">
       <c r="A1" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="103" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="11" t="s">
         <v>17</v>
       </c>
@@ -18817,59 +18817,65 @@
         <v>1.1731659999999999</v>
       </c>
       <c r="D322" s="98"/>
       <c r="E322" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="B323" s="80" t="s">
         <v>70</v>
       </c>
       <c r="C323" s="101">
         <v>1.164811</v>
       </c>
       <c r="D323" s="98"/>
       <c r="E323" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="B324" s="80" t="s">
         <v>72</v>
       </c>
+      <c r="C324" s="101">
+        <v>1.1564430000000001</v>
+      </c>
       <c r="D324" s="98"/>
       <c r="E324" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="B325" s="80" t="s">
         <v>65</v>
+      </c>
+      <c r="C325" s="101">
+        <v>1.1711990000000001</v>
       </c>
       <c r="D325" s="98"/>
       <c r="E325" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326">
         <v>2026</v>
       </c>
       <c r="B326" s="80" t="s">
         <v>74</v>
       </c>
       <c r="D326" s="98"/>
       <c r="E326" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="B327" s="80" t="s">
         <v>85</v>
       </c>
       <c r="D327" s="98"/>