--- v2 (2026-01-27)
+++ v3 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\EFLRP\Forms\Reparations\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nylag-fs3\users\rmayer\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <workbookProtection lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="2"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="6" r:id="rId1"/>
     <sheet name="DM 1952-2001" sheetId="1" r:id="rId2"/>
     <sheet name="Euro 1999-Present" sheetId="4" r:id="rId3"/>
     <sheet name="Lifetime Total Restitution Paid" sheetId="5" r:id="rId4"/>
     <sheet name="How to update" sheetId="3" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'DM 1952-2001'!$A$1:$E$614</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Euro 1999-Present'!$A$1:$E$342</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'How to update'!$A$1:$M$65</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Instructions!$A$1:$B$15</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Lifetime Total Restitution Paid'!$A$1:$B$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'DM 1952-2001'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Euro 1999-Present'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -18846,50 +18846,53 @@
       <c r="E324" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="B325" s="80" t="s">
         <v>65</v>
       </c>
       <c r="C325" s="101">
         <v>1.1711990000000001</v>
       </c>
       <c r="D325" s="98"/>
       <c r="E325" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326">
         <v>2026</v>
       </c>
       <c r="B326" s="80" t="s">
         <v>74</v>
       </c>
+      <c r="C326" s="101">
+        <v>1.073094</v>
+      </c>
       <c r="D326" s="98"/>
       <c r="E326" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="B327" s="80" t="s">
         <v>85</v>
       </c>
       <c r="D327" s="98"/>
       <c r="E327" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="B328" s="80" t="s">
         <v>86</v>
       </c>
       <c r="D328" s="98"/>
       <c r="E328" s="70">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>